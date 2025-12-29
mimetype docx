--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -1,320 +1,351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="5B801737" w14:textId="77777777" w:rsidR="002E58F3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00016BD3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">PHIẾU ĐĂNG KÝ </w:t>
       </w:r>
       <w:r w:rsidR="002E58F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>TẬP HUẤN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786361D7" w14:textId="16ABE515" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="002E58F3" w:rsidP="00016BD3">
+    <w:p w14:paraId="786361D7" w14:textId="426405E2" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00464DAC" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> VỀ AN TOÀN THỰC PHẨM, DINH DƯỠNG</w:t>
+        <w:t xml:space="preserve"> KIẾN THỨC AN TOÀN THỰC PHẨM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AD765C" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156EA53E" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
+    <w:p w14:paraId="3F80F313" w14:textId="793006B3" w:rsidR="00062F14" w:rsidRDefault="00062F14" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00016BD3">
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>Tên đơn vị/ cá nhân</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00016BD3">
+        <w:t>Tên đơn vị</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t>: ..................................................................................................</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C60ADF" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
+    <w:p w14:paraId="0F3A8BF0" w14:textId="7FA2DF96" w:rsidR="00066E66" w:rsidRDefault="00066E66" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="vi-VN"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Địa chỉ: </w:t>
-[...21 lines deleted...]
-        <w:t>.............................</w:t>
+        <w:t>Địa chỉ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589BF490" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
-[...74 lines deleted...]
-    <w:p w14:paraId="54A77207" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
+    <w:p w14:paraId="07084D66" w14:textId="26686F03" w:rsidR="00066E66" w:rsidRPr="00016BD3" w:rsidRDefault="00066E66" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Mã số thuế:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4120FD32" w14:textId="2EC1B607" w:rsidR="00B310B0" w:rsidRPr="008B6FFF" w:rsidRDefault="00016BD3" w:rsidP="001D40CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Địa chỉ: Người liên hệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6FFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6FFF" w:rsidRPr="008B6FFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>..............................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00464DAC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72021333" w14:textId="5870E86F" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Điện thoại:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ....................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00464DAC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A77207" w14:textId="7E91C582" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00464DAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00016BD3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r w:rsidRPr="00016BD3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00016BD3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>...........................</w:t>
+      </w:r>
+      <w:r w:rsidR="00464DAC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B7CC9A" w14:textId="77777777" w:rsidR="008C231C" w:rsidRPr="00016BD3" w:rsidRDefault="008C231C" w:rsidP="008C231C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -348,982 +379,932 @@
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent6"/>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:roundrect w14:anchorId="09BFC2B0" id="Rectangle: Rounded Corners 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:325.5pt;margin-top:.7pt;width:16.5pt;height:11.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC27hMPbgIAACcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20HabcacYogRYcB&#10;RVu0HXpWZCkxJosapcTJfv0o2XG7LqdhF5k0+fjxRGp2tW8N2yn0DdiKF2c5Z8pKqBu7rvj355tP&#10;XzjzQdhaGLCq4gfl+dX844dZ50o1gQ2YWiGjINaXnav4JgRXZpmXG9UKfwZOWTJqwFYEUnGd1Sg6&#10;it6abJLnF1kHWDsEqbynv9e9kc9TfK2VDPdaexWYqTjVFtKJ6VzFM5vPRLlG4TaNHMoQ/1BFKxpL&#10;ScdQ1yIItsXmr1BtIxE86HAmoc1A60aq1AN1U+TvunnaCKdSL0SOdyNN/v+FlXe7B2RNXfEJZ1a0&#10;dEWPRJqwa6NK9ghbW6uaLQEt3TGbRL4650uCPbkHHDRPYmx+r7GNX2qL7RPHh5FjtQ9M0s9Jfnl+&#10;TjchyVRML3KSKUr2Cnbow1cFLYtCxTGWEEtK9IrdrQ+9/9GPwLGivoYkhYNRsQxjH5Wm3mLWhE5T&#10;pZYG2U7QPAgplQ0XQ/7kHWG6MWYEFqeAJhQDaPCNMJWmbQTmp4B/ZhwRKSvYMILbxgKeClD/GDP3&#10;/sfu+55j+yuoD3SlCP2seydvGmLyVvjwIJCGm8inhQ33dGgDXcVhkDjbAP469T/608yRlbOOlqXi&#10;/udWoOLMfLM0jZfFdBq3KynT888TUvCtZfXWYrftEoj/gp4GJ5MY/YM5ihqhfaG9XsSsZBJWUu6K&#10;y4BHZRn6JaaXQarFIrnRRjkRbu2TkzF4ZDUOyfP+RaAbxinQHN7BcbFE+W6get+ItLDYBtBNmrZX&#10;Xge+aRvT0A4vR1z3t3ryen3f5r8BAAD//wMAUEsDBBQABgAIAAAAIQAmloJ03AAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOs0Sk0U4lQVjw+ghQW7aTxNIvyIYrcNfD3D&#10;CpZXZ3Tn3HozOyvONMUheA2rZQaCfBvM4DsNb/uXRQkiJvQGbfCk4YsibJrrqxorEy7+lc671Aku&#10;8bFCDX1KYyVlbHtyGJdhJM/sGCaHiePUSTPhhcudlXmWKelw8Pyhx5Eee2o/dyenIay3ePed8vf7&#10;5w9jabStUk+l1rc38/YBRKI5/R3Drz6rQ8NOh3DyJgqrQa1XvCUxKEAwV2XB+aAhLwqQTS3/D2h+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALbuEw9uAgAAJwUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACaWgnTcAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#70ad47 [3209]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31859F6A" wp14:editId="6E41639F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31859F6A" wp14:editId="5FC9CB41">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>622300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>46990</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="209550" cy="146050"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle: Rounded Corners 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="209550" cy="146050"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent6"/>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5A6E97FE" w14:textId="75F7A4AD" w:rsidR="00B310B0" w:rsidRDefault="00B310B0" w:rsidP="00B310B0">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:t>VV</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="1E0ABD00" id="Rectangle: Rounded Corners 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:49pt;margin-top:3.7pt;width:16.5pt;height:11.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5iNg/bQIAACcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0haFTYiUlQVMU1C&#10;gICJZ+PYbTTb553dpt1fv7OTBsb6NO3Fucv9/vydLy531rCtwtCCq/nkpORMOQlN61Y1//50/ekL&#10;ZyEK1wgDTtV8rwK/nH/8cNH5Sk1hDaZRyCiJC1Xna76O0VdFEeRaWRFOwCtHRg1oRSQVV0WDoqPs&#10;1hTTsjwrOsDGI0gVAv296o18nvNrrWS80zqoyEzNqbeYT8znSzqL+YWoVij8upVDG+IfurCidVR0&#10;THUlomAbbP9KZVuJEEDHEwm2AK1bqfIMNM2kfDfN41p4lWchcIIfYQr/L6283d4jaxu6O86csHRF&#10;DwSacCujKvYAG9eohi0BHd0xmyS8Oh8qCnv09zhogcQ0/E6jTV8ai+0yxvsRY7WLTNLPaXl+eko3&#10;Ick0mZ2VJFOW4jXYY4hfFViWhJpjaiG1lOEV25sQe/+DHwWnjvoeshT3RqU2jHtQmmZLVXN0ZpVa&#10;GmRbQXwQUioXz4b62TuF6daYMXByLNDEDAQ1PfimMJXZNgaWxwL/rDhG5Krg4hhsWwd4LEHzY6zc&#10;+x+m72dO479As6crRei5Hry8bgnJGxHivUAiN4FPCxvv6NAGuprDIHG2Bvx17H/yJ86RlbOOlqXm&#10;4edGoOLMfHPExvPJbJa2Kyuz089TUvCt5eWtxW3sEgh/Yhx1l8XkH81B1Aj2mfZ6kaqSSThJtWsu&#10;Ix6UZeyXmF4GqRaL7EYb5UW8cY9epuQJ1USSp92zQD/QKRIPb+GwWKJ6R6jeN0U6WGwi6Daz7RXX&#10;AW/axkza4eVI6/5Wz16v79v8NwAAAP//AwBQSwMEFAAGAAgAAAAhAO4qwqfcAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdfpDGkI3VcXPA7TAgds2XpIIex3Fbht4etwT&#10;HEczmvlmtR6dVUceQucFYTrJQLHU3nTSILy9vtwWoEIkMWS9MMI3B1hXlxcrKo0/yZaPu9ioVCKh&#10;JIQ2xr7UOtQtOwoT37Mk79MPjmKSQ6PNQKdU7qyeZVmuHXWSFlrq+bHl+mt3cAj+bkM3P3H2vnz+&#10;MJZ7W+f5U4F4fTVuHkBFHuNfGM74CR2qxLT3BzFBWYT7Il2JCMsFqLM9nya9R5hnC9DVSv/nr34B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+YjYP20CAAAnBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7irCp9wAAAAHAQAADwAAAAAAAAAAAAAA&#10;AADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#70ad47 [3209]" strokeweight="1pt">
+              <v:roundrect w14:anchorId="31859F6A" id="Rectangle: Rounded Corners 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:49pt;margin-top:3.7pt;width:16.5pt;height:11.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXOlKFdQIAADIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0EabcadYogRYcB&#10;RVukHXpWZCkxJosapcTOfv0o2XG7LqdhF5ky+fj5qKvrrjFsr9DXYEs+Ocs5U1ZCVdtNyb8/3376&#10;wpkPwlbCgFUlPyjPr+cfP1y1rlBT2IKpFDJyYn3RupJvQ3BFlnm5VY3wZ+CUJaUGbESgK26yCkVL&#10;3huTTfP8ImsBK4cglff096ZX8nnyr7WS4UFrrwIzJafcQjoxnet4ZvMrUWxQuG0thzTEP2TRiNpS&#10;0NHVjQiC7bD+y1VTSwQPOpxJaDLQupYq1UDVTPJ31TxthVOpFmqOd2Ob/P9zK+/3j8jqimbHmRUN&#10;jWhFTRN2Y1TBVrCzlarYEtDSjNkk9qt1viDYk3vE4eZJjMV3Gpv4pbJYl3p8GHususAk/Zzml+fn&#10;NAlJqsnsIieZvGSvYIc+fFXQsCiUHGMKMaXUXrG/86G3P9oROGbU55CkcDAqpmHsSmmqLUZN6MQq&#10;tTTI9oL4IKRUNlwM8ZN1hOnamBE4OQU0ITWCkh5sI0wlto3A/BTwz4gjIkUFG0ZwU1vAUw6qH2Pk&#10;3v5YfV9zLD90626YyxqqA00Xoae9d/K2pqbeCR8eBRLPaQ60u+GBDm2gLTkMEmdbwF+n/kd7oh9p&#10;OWtpb0ruf+4EKs7MN0vEvJzMZnHR0mV2/nlKF3yrWb/V2F2zBBoFkY+yS2K0D+YoaoTmhVZ8EaOS&#10;SlhJsUsuAx4vy9DvMz0SUi0WyYyWy4lwZ5+cjM5jgyNfnrsXgW5gViBK3sNxx0Txjlu9bURaWOwC&#10;6DoRL7a47+vQelrMxN/hEYmb//aerF6fuvlvAAAA//8DAFBLAwQUAAYACAAAACEA7irCp9wAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1+kMaQjdVxc8DtMCB2zZekgh7&#10;HcVuG3h63BMcRzOa+Wa1Hp1VRx5C5wVhOslAsdTedNIgvL2+3BagQiQxZL0wwjcHWFeXFysqjT/J&#10;lo+72KhUIqEkhDbGvtQ61C07ChPfsyTv0w+OYpJDo81Ap1TurJ5lWa4ddZIWWur5seX6a3dwCP5u&#10;Qzc/cfa+fP4wlntb5/lTgXh9NW4eQEUe418YzvgJHarEtPcHMUFZhPsiXYkIywWosz2fJr1HmGcL&#10;0NVK/+evfgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDXOlKFdQIAADIFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDuKsKn3AAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAM8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#70ad47 [3209]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5A6E97FE" w14:textId="75F7A4AD" w:rsidR="00B310B0" w:rsidRDefault="00B310B0" w:rsidP="00B310B0">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t>VV</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Hà Nội                                                              Hồ Chí Minh </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CE62F7" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
-[...15 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="676"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3336"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="2448"/>
+        <w:gridCol w:w="870"/>
+        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="1543"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00016BD3" w:rsidRPr="00016BD3" w14:paraId="3E4CA81F" w14:textId="77777777" w:rsidTr="00D16A78">
+      <w:tr w:rsidR="008A405C" w:rsidRPr="0028312C" w14:paraId="08721478" w14:textId="77777777" w:rsidTr="008A476E">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="1070"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="375" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26B77134" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="43331C2F" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="000A3CEE" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3CEE">
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
               </w:rPr>
               <w:t>TT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="667E98B4" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1ACD200E" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="000A3CEE" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3CEE">
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...1 lines deleted...]
-              <w:t>Họ tên học viên</w:t>
+              </w:rPr>
+              <w:t>Họ và tên</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21B50FCD" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4A536F8F" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="000A3CEE" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3CEE">
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...1 lines deleted...]
-              <w:t>Ngày sinh</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Nam/ Nữ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="825" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A2C0038" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7DEB9CCF" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="000A3CEE" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3CEE">
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...1 lines deleted...]
-              <w:t>Điện thoại</w:t>
+              </w:rPr>
+              <w:t>Ngày tháng năm sinh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1850" w:type="pct"/>
-[...13 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EBA590" w14:textId="5A44B3B8" w:rsidR="008A405C" w:rsidRPr="000A3CEE" w:rsidRDefault="008A476E" w:rsidP="008A476E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3CEE">
+              <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...1 lines deleted...]
-              <w:t>Email</w:t>
+              </w:rPr>
+              <w:t>Bộ phận hiện đang làm việc tại đơn vị</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...24 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="353B6299" w14:textId="65746E96" w:rsidR="008A405C" w:rsidRPr="000A3CEE" w:rsidRDefault="008A476E" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...19 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3CEE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...19 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gmail đăng ký tham gia online</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="424266E4" w14:textId="15B5A1CD" w:rsidR="008A405C" w:rsidRPr="000A3CEE" w:rsidRDefault="00D5769D" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...21 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3CEE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="nl-NL"/>
-[...27 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Số điện thoại</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016BD3" w:rsidRPr="00016BD3" w14:paraId="56704E80" w14:textId="77777777" w:rsidTr="00D16A78">
+      <w:tr w:rsidR="008A405C" w:rsidRPr="0028312C" w14:paraId="78B1551D" w14:textId="77777777" w:rsidTr="008A476E">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="375" w:type="pct"/>
-[...111 lines deleted...]
-                <w:lang w:val="nl-NL"/>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B87F8B1" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028312C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5C6183" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5515B5CE" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEC8A29" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="597D1711" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEACEA7" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0106B098" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016BD3" w:rsidRPr="00016BD3" w14:paraId="5477C049" w14:textId="77777777" w:rsidTr="00D16A78">
+      <w:tr w:rsidR="008A405C" w:rsidRPr="0028312C" w14:paraId="4F802061" w14:textId="77777777" w:rsidTr="008A476E">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="375" w:type="pct"/>
-[...111 lines deleted...]
-                <w:lang w:val="nl-NL"/>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="461B2595" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028312C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7DA7AA" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6195D2C3" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC370E9" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23CF6DF8" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BA75F8" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="774C91BE" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016BD3" w:rsidRPr="00016BD3" w14:paraId="3697287B" w14:textId="77777777" w:rsidTr="00D16A78">
+      <w:tr w:rsidR="008A405C" w:rsidRPr="0028312C" w14:paraId="4031CDCA" w14:textId="77777777" w:rsidTr="008A476E">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="375" w:type="pct"/>
-[...111 lines deleted...]
-                <w:lang w:val="nl-NL"/>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01671AE9" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028312C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7FFECF" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="285F44D0" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DF9715" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B3F152" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3DB7D3" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC1D5BE" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00016BD3" w:rsidRPr="00016BD3" w14:paraId="3117C700" w14:textId="77777777" w:rsidTr="00D16A78">
+      <w:tr w:rsidR="008A405C" w:rsidRPr="0028312C" w14:paraId="472374C1" w14:textId="77777777" w:rsidTr="008A476E">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="375" w:type="pct"/>
-[...111 lines deleted...]
-                <w:lang w:val="nl-NL"/>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51B08A49" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028312C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB5EC6E" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3C36F6" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23157713" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0985E979" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="715A8B10" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3995E949" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A405C" w:rsidRPr="0028312C" w14:paraId="49B25EEE" w14:textId="77777777" w:rsidTr="008A476E">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3642E4C8" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028312C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4FB03C" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F28D6FE" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCCCF61" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="283C6E84" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31689339" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E4C04F" w14:textId="77777777" w:rsidR="008A405C" w:rsidRPr="0028312C" w:rsidRDefault="008A405C" w:rsidP="0078155D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="783A13E7" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="671A7B01" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
         </w:tabs>
@@ -1355,447 +1336,787 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7DEDB964" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8931"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00016BD3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EE1DFA" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
+    <w:p w14:paraId="23EE1DFA" w14:textId="4C2BA420" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00016BD3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                     ........, ngày .......  tháng....... năm 20</w:t>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="007A0AC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          .....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016BD3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>.., ngày .......  tháng....... năm 20</w:t>
+      </w:r>
+      <w:r w:rsidR="007A0AC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>25</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0100C1FC" w14:textId="77777777" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="151EA2F0" w14:textId="1775D5C9" w:rsidR="00016BD3" w:rsidRPr="00016BD3" w:rsidRDefault="00016BD3" w:rsidP="00016BD3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00016BD3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                         Đại diện đơn vị</w:t>
       </w:r>
       <w:r w:rsidR="00BF4840">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>/cá nhân</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535D821E" w14:textId="79D62073" w:rsidR="00533167" w:rsidRDefault="00533167"/>
-    <w:p w14:paraId="26A7D1DE" w14:textId="0F2AEF51" w:rsidR="0068631C" w:rsidRDefault="0068631C"/>
     <w:p w14:paraId="7D2BBCB5" w14:textId="11F35422" w:rsidR="0068631C" w:rsidRDefault="0068631C"/>
-    <w:p w14:paraId="3EEF50E0" w14:textId="40C39618" w:rsidR="0068631C" w:rsidRDefault="0068631C"/>
     <w:p w14:paraId="2A61F0EF" w14:textId="77777777" w:rsidR="0068631C" w:rsidRDefault="0068631C"/>
     <w:p w14:paraId="711FCDA7" w14:textId="77777777" w:rsidR="0068631C" w:rsidRPr="00F824E5" w:rsidRDefault="0068631C" w:rsidP="0068631C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-329" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F824E5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Phiếu đăng ký vui lòng gửi về Viện</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> NFSI theo thông tin sau</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F824E5">
+        <w:t xml:space="preserve"> NFSI </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>theo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thông tin sau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F824E5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C216DCF" w14:textId="77777777" w:rsidR="0068631C" w:rsidRDefault="0068631C" w:rsidP="0068631C">
+    <w:p w14:paraId="6C216DCF" w14:textId="739F98E8" w:rsidR="0068631C" w:rsidRDefault="0068631C" w:rsidP="004A14EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="371"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nb-NO" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nb-NO" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tại Hà Nội: Tầng 3, Tòa nhà 130 Nguyễn Đức Cảnh, phường Tương Mai, quận Hoàng Mai. </w:t>
+        <w:t xml:space="preserve">Tại Hà Nội: Tầng 3, Tòa nhà 130 Nguyễn Đức Cảnh, phường Tương Mai, </w:t>
+      </w:r>
+      <w:r w:rsidR="001D40CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="nb-NO" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Thành phố Hà Nội</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597E9F00" w14:textId="77777777" w:rsidR="0068631C" w:rsidRPr="00F824E5" w:rsidRDefault="0068631C" w:rsidP="0068631C">
+    <w:p w14:paraId="28AF88CC" w14:textId="2981987F" w:rsidR="0068631C" w:rsidRPr="007A0AC9" w:rsidRDefault="004A14EB" w:rsidP="007A0AC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nb-NO" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F824E5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bà </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F824E5">
+        <w:t>Ms.</w:t>
+      </w:r>
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nb-NO" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dương Thị Bích Ngọc </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F824E5">
+        <w:t xml:space="preserve"> Bích Ngọc </w:t>
+      </w:r>
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F824E5">
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Văn phòng </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F824E5">
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>– ĐT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F824E5">
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0866.486.266</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F824E5">
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F824E5">
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F824E5">
+      <w:r w:rsidR="0068631C" w:rsidRPr="00F824E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00737210">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="0068631C" w:rsidRPr="00737210">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>info@nfsi.vn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69A6A621" w14:textId="77777777" w:rsidR="0068631C" w:rsidRDefault="0068631C" w:rsidP="0068631C">
-[...66 lines deleted...]
-    <w:sectPr w:rsidR="0068631C" w:rsidSect="0068631C">
+    <w:sectPr w:rsidR="0068631C" w:rsidRPr="007A0AC9" w:rsidSect="00887257">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="851" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="851" w:left="1440" w:header="510" w:footer="510" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="32A26FD3" w14:textId="77777777" w:rsidR="00385DDD" w:rsidRDefault="00385DDD" w:rsidP="00887257">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1317AC80" w14:textId="77777777" w:rsidR="00385DDD" w:rsidRDefault="00385DDD" w:rsidP="00887257">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="24C47642" w14:textId="77777777" w:rsidR="00385DDD" w:rsidRDefault="00385DDD" w:rsidP="00887257">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="42605AB0" w14:textId="77777777" w:rsidR="00385DDD" w:rsidRDefault="00385DDD" w:rsidP="00887257">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="10400" w:type="dxa"/>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3018"/>
+      <w:gridCol w:w="7382"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00887257" w:rsidRPr="00610B56" w14:paraId="4019E16E" w14:textId="77777777" w:rsidTr="00887257">
+      <w:trPr>
+        <w:trHeight w:val="1043"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3018" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4DB1A93D" w14:textId="77777777" w:rsidR="00887257" w:rsidRDefault="00887257" w:rsidP="00887257">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9639"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:sz w:val="26"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BEA08AF" wp14:editId="1C5C059B">
+                <wp:extent cx="1695450" cy="561975"/>
+                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:docPr id="3" name="Picture 3" descr="logo NFSI chuan"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1" descr="logo NFSI chuan"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1695450" cy="561975"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7382" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="33B65DAE" w14:textId="77777777" w:rsidR="00887257" w:rsidRPr="00887257" w:rsidRDefault="00887257" w:rsidP="00887257">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00887257">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>VIỆN AN TOÀN THỰC PHẨM VÀ DINH DƯỠNG</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="5E97E9A3" w14:textId="3ED9450E" w:rsidR="00887257" w:rsidRPr="00887257" w:rsidRDefault="00887257" w:rsidP="00887257">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00887257">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>Tầng 3, số 130 Nguyễn Đức Cảnh, phường Tương Mai,Thành phố Hà Nội</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="04EAEC5C" w14:textId="77777777" w:rsidR="00887257" w:rsidRPr="00887257" w:rsidRDefault="00887257" w:rsidP="00887257">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00887257">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Hotline: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00887257">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t xml:space="preserve">0866.486.266                 </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00887257">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Email: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00887257">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t xml:space="preserve">info@nfsi.vn </w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="437A263E" w14:textId="77777777" w:rsidR="00887257" w:rsidRPr="00921737" w:rsidRDefault="00887257" w:rsidP="00887257">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:sz w:val="26"/>
+              <w:szCs w:val="26"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+            </w:rPr>
+            <w:t>--------------------------------------------------------------------------</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="498E2A95" w14:textId="77777777" w:rsidR="00887257" w:rsidRDefault="00887257" w:rsidP="00887257">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0DF510C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="62468D1E"/>
+    <w:lvl w:ilvl="0" w:tplc="817C18AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="1B1D59B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76704038"/>
     <w:lvl w:ilvl="0" w:tplc="747A0E78">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1864,51 +2185,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="245C0BAB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E44357A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -1951,160 +2272,192 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00016BD3"/>
     <w:rsid w:val="00016BD3"/>
+    <w:rsid w:val="00062F14"/>
+    <w:rsid w:val="00066E66"/>
+    <w:rsid w:val="000A3CEE"/>
+    <w:rsid w:val="001D40CA"/>
     <w:rsid w:val="002E58F3"/>
+    <w:rsid w:val="00385DDD"/>
+    <w:rsid w:val="003A0714"/>
+    <w:rsid w:val="00464DAC"/>
+    <w:rsid w:val="004A14EB"/>
     <w:rsid w:val="00533167"/>
     <w:rsid w:val="0068631C"/>
+    <w:rsid w:val="007A0AC9"/>
+    <w:rsid w:val="008612FC"/>
+    <w:rsid w:val="00887257"/>
+    <w:rsid w:val="008A405C"/>
+    <w:rsid w:val="008A476E"/>
+    <w:rsid w:val="008B6FFF"/>
     <w:rsid w:val="008C231C"/>
+    <w:rsid w:val="00AE05C8"/>
+    <w:rsid w:val="00B310B0"/>
+    <w:rsid w:val="00BA08D8"/>
     <w:rsid w:val="00BF21E3"/>
     <w:rsid w:val="00BF4840"/>
     <w:rsid w:val="00C165A0"/>
+    <w:rsid w:val="00D5769D"/>
+    <w:rsid w:val="00E33EF2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E68642D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F10094B2-C1FF-4FBC-B243-B1C868DCD7B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2215,51 +2568,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2432,55 +2785,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2496,62 +2844,140 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0068631C"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0068631C"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00887257"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00887257"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00887257"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00887257"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00887257"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@nfsi.vn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@nfsi.vn" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2771,74 +3197,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B47A082-4DEE-4C48-B9FC-8A0C9899FDD0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1193</Characters>
+  <Pages>1</Pages>
+  <Words>189</Words>
+  <Characters>1079</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1400</CharactersWithSpaces>
+  <CharactersWithSpaces>1266</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>